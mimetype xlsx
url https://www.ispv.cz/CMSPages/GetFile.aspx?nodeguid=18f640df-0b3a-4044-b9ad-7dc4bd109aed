--- v0 (2025-10-18)
+++ v1 (2026-03-31)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\DISK_D\RSCP-a-web-ISPV\ISPV.cz - publikace na web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\risa_z\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29EAEA8D-7E7F-4AAD-9F52-B4CA5A3F29F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B7EDF3B-C07C-4659-9915-8309756C5A24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="18240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hrubá měsíční mzda" sheetId="4" r:id="rId1"/>
     <sheet name="Hodinový výdělek" sheetId="5" r:id="rId2"/>
     <sheet name="Odpracovaná doba" sheetId="6" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Hodinový výdělek'!$A$1:$G$97</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Odpracovaná doba'!$A$1:$G$76</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Hodinový výdělek'!$A$1:$G$98</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Hrubá měsíční mzda'!$A$1:$G$98</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Odpracovaná doba'!$A$1:$G$77</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="68">
   <si>
     <t>na přepočtené počty</t>
   </si>
   <si>
     <t>Období</t>
   </si>
   <si>
     <t>medián
 Kč/měs</t>
   </si>
   <si>
     <t>průměr
 Kč/měs</t>
   </si>
   <si>
     <t>index meziroční mediánu %</t>
   </si>
   <si>
     <t>2002         1. čtvrtletí</t>
   </si>
   <si>
     <t>1.- 2. čtvrtletí</t>
   </si>
   <si>
     <t>1.- 3. čtvrtletí</t>
@@ -1282,55 +1282,55 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List8"/>
-  <dimension ref="A1:J98"/>
+  <dimension ref="A1:J99"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A64" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A96" sqref="A96"/>
+      <selection pane="bottomLeft" activeCell="A98" sqref="A98:G98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="1"/>
     <col min="2" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
     </row>
     <row r="2" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="55" t="s">
         <v>59</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
@@ -2876,158 +2876,181 @@
       </c>
       <c r="B91" s="9">
         <v>39471</v>
       </c>
       <c r="C91" s="9">
         <v>48344</v>
       </c>
       <c r="D91" s="10">
         <v>107.7</v>
       </c>
       <c r="E91" s="9">
         <v>43155</v>
       </c>
       <c r="F91" s="9">
         <v>46931</v>
       </c>
       <c r="G91" s="15">
         <v>102.2</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="9">
-        <v>40709</v>
+        <v>40642</v>
       </c>
       <c r="C92" s="9">
-        <v>48910</v>
+        <v>48992</v>
       </c>
       <c r="D92" s="10">
-        <v>107.5</v>
+        <v>107.3</v>
       </c>
       <c r="E92" s="9">
         <v>45256</v>
       </c>
       <c r="F92" s="9">
-        <v>49049</v>
+        <v>49050</v>
       </c>
       <c r="G92" s="15">
         <v>102.2</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="14"/>
       <c r="B93" s="9"/>
       <c r="C93" s="9"/>
       <c r="D93" s="10"/>
       <c r="E93" s="9"/>
       <c r="F93" s="9"/>
       <c r="G93" s="15"/>
     </row>
     <row r="94" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="14" t="s">
         <v>66</v>
       </c>
       <c r="B94" s="9">
         <v>42101</v>
       </c>
       <c r="C94" s="9">
         <v>51828</v>
       </c>
       <c r="D94" s="10">
         <v>106.7</v>
       </c>
       <c r="E94" s="9">
         <v>45728</v>
       </c>
       <c r="F94" s="9">
         <v>49721</v>
       </c>
       <c r="G94" s="15">
         <v>106</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A97" s="54" t="s">
+    <row r="95" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B95" s="9">
+        <v>43241</v>
+      </c>
+      <c r="C95" s="9">
+        <v>52239</v>
+      </c>
+      <c r="D95" s="10">
+        <v>106.4</v>
+      </c>
+      <c r="E95" s="9">
+        <v>48064</v>
+      </c>
+      <c r="F95" s="9">
+        <v>52037</v>
+      </c>
+      <c r="G95" s="15">
+        <v>106.2</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="19"/>
+      <c r="B96" s="20"/>
+      <c r="C96" s="20"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="20"/>
+      <c r="F96" s="20"/>
+      <c r="G96" s="22"/>
+    </row>
+    <row r="97" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" spans="1:10" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="54" t="s">
         <v>17</v>
-      </c>
-[...12 lines deleted...]
-        <v>45</v>
       </c>
       <c r="B98" s="54"/>
       <c r="C98" s="54"/>
       <c r="D98" s="54"/>
       <c r="E98" s="54"/>
       <c r="F98" s="54"/>
       <c r="G98" s="54"/>
+      <c r="H98" s="23"/>
+      <c r="I98" s="23"/>
+      <c r="J98" s="23"/>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A99" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="B99" s="54"/>
+      <c r="C99" s="54"/>
+      <c r="D99" s="54"/>
+      <c r="E99" s="54"/>
+      <c r="F99" s="54"/>
+      <c r="G99" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A98:G98"/>
+    <mergeCell ref="A99:G99"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
-    <mergeCell ref="A97:G97"/>
+    <mergeCell ref="A98:G98"/>
   </mergeCells>
   <pageMargins left="0.54" right="0.57999999999999996" top="0.64" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="List10"/>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I99"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="5" topLeftCell="A64" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A96" sqref="A96"/>
+      <selection pane="bottomLeft" activeCell="A97" sqref="A97"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="1"/>
     <col min="2" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
     </row>
     <row r="2" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="55" t="s">
         <v>39</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
@@ -4573,155 +4596,178 @@
       </c>
       <c r="B91" s="29">
         <v>227.86</v>
       </c>
       <c r="C91" s="29">
         <v>274.19</v>
       </c>
       <c r="D91" s="10">
         <v>106.4</v>
       </c>
       <c r="E91" s="29">
         <v>246.47</v>
       </c>
       <c r="F91" s="29">
         <v>266.72000000000003</v>
       </c>
       <c r="G91" s="15">
         <v>102</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B92" s="29">
-        <v>235.18</v>
+        <v>234.16</v>
       </c>
       <c r="C92" s="29">
-        <v>293.10000000000002</v>
+        <v>284.42</v>
       </c>
       <c r="D92" s="10">
-        <v>106.1</v>
+        <v>105.5</v>
       </c>
       <c r="E92" s="29">
-        <v>266.67</v>
+        <v>240.03</v>
       </c>
       <c r="F92" s="29">
-        <v>291.12</v>
+        <v>255.58</v>
       </c>
       <c r="G92" s="15">
-        <v>110.7</v>
+        <v>99.7</v>
       </c>
     </row>
     <row r="93" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="14"/>
       <c r="B93" s="29"/>
       <c r="C93" s="29"/>
       <c r="D93" s="10"/>
       <c r="E93" s="29"/>
       <c r="F93" s="29"/>
       <c r="G93" s="15"/>
     </row>
     <row r="94" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="14" t="s">
         <v>67</v>
       </c>
       <c r="B94" s="29">
         <v>243.72</v>
       </c>
       <c r="C94" s="29">
         <v>294.54000000000002</v>
       </c>
       <c r="D94" s="10">
         <v>107</v>
       </c>
       <c r="E94" s="29">
         <v>263.07</v>
       </c>
       <c r="F94" s="29">
         <v>283.88</v>
       </c>
       <c r="G94" s="15">
         <v>106.7</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A97" s="54" t="s">
+    <row r="95" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B95" s="29">
+        <v>248.7</v>
+      </c>
+      <c r="C95" s="29">
+        <v>301.45999999999998</v>
+      </c>
+      <c r="D95" s="10">
+        <v>106.2</v>
+      </c>
+      <c r="E95" s="29">
+        <v>254.38</v>
+      </c>
+      <c r="F95" s="29">
+        <v>270.26</v>
+      </c>
+      <c r="G95" s="15">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="30"/>
+      <c r="B96" s="31"/>
+      <c r="C96" s="31"/>
+      <c r="D96" s="21"/>
+      <c r="E96" s="31"/>
+      <c r="F96" s="31"/>
+      <c r="G96" s="22"/>
+    </row>
+    <row r="97" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="98" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="54" t="s">
         <v>23</v>
-      </c>
-[...9 lines deleted...]
-        <v>45</v>
       </c>
       <c r="B98" s="54"/>
       <c r="C98" s="54"/>
       <c r="D98" s="54"/>
       <c r="E98" s="54"/>
       <c r="F98" s="54"/>
       <c r="G98" s="54"/>
     </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A99" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="B99" s="54"/>
+      <c r="C99" s="54"/>
+      <c r="D99" s="54"/>
+      <c r="E99" s="54"/>
+      <c r="F99" s="54"/>
+      <c r="G99" s="54"/>
+    </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A98:G98"/>
+    <mergeCell ref="A99:G99"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
-    <mergeCell ref="A97:G97"/>
+    <mergeCell ref="A98:G98"/>
   </mergeCells>
   <pageMargins left="0.54" right="0.57999999999999996" top="0.64" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="List12"/>
-  <dimension ref="A1:H80"/>
+  <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A42" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A77" sqref="A77"/>
+      <pane ySplit="6" topLeftCell="A44" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A78" sqref="A78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="1"/>
     <col min="2" max="6" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="52"/>
     </row>
     <row r="2" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
@@ -5877,119 +5923,140 @@
       <c r="A72" s="14" t="s">
         <v>64</v>
       </c>
       <c r="B72" s="36">
         <v>149</v>
       </c>
       <c r="C72" s="37">
         <v>2.8</v>
       </c>
       <c r="D72" s="40">
         <v>23.7</v>
       </c>
       <c r="E72" s="40">
         <v>10.1</v>
       </c>
       <c r="F72" s="39">
         <v>6.1</v>
       </c>
       <c r="H72" s="51"/>
     </row>
     <row r="73" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="36">
-        <v>144.4</v>
+        <v>144.80000000000001</v>
       </c>
       <c r="C73" s="37">
         <v>2.8</v>
       </c>
       <c r="D73" s="40">
-        <v>29.2</v>
+        <v>29.1</v>
       </c>
       <c r="E73" s="40">
         <v>14.7</v>
       </c>
       <c r="F73" s="39">
-        <v>7</v>
+        <v>6.8</v>
       </c>
       <c r="H73" s="51"/>
     </row>
     <row r="74" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="8"/>
       <c r="B74" s="36"/>
       <c r="C74" s="37"/>
       <c r="D74" s="40"/>
       <c r="E74" s="40"/>
       <c r="F74" s="39"/>
       <c r="H74" s="51"/>
     </row>
     <row r="75" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="14" t="s">
         <v>66</v>
       </c>
       <c r="B75" s="36">
         <v>147.9</v>
       </c>
       <c r="C75" s="37">
         <v>2.8</v>
       </c>
       <c r="D75" s="40">
         <v>23.9</v>
       </c>
       <c r="E75" s="40">
         <v>10.5</v>
       </c>
       <c r="F75" s="39">
         <v>6.2</v>
       </c>
       <c r="H75" s="51"/>
     </row>
-    <row r="76" spans="1:8" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-    <row r="79" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="76" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B76" s="36">
+        <v>144.5</v>
+      </c>
+      <c r="C76" s="37">
+        <v>2.8</v>
+      </c>
+      <c r="D76" s="40">
+        <v>29.1</v>
+      </c>
+      <c r="E76" s="40">
+        <v>14.9</v>
+      </c>
+      <c r="F76" s="39">
+        <v>6.7</v>
+      </c>
+      <c r="H76" s="51"/>
+    </row>
+    <row r="77" spans="1:8" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="42"/>
+      <c r="B77" s="43"/>
+      <c r="C77" s="44"/>
+      <c r="D77" s="44"/>
+      <c r="E77" s="44"/>
+      <c r="F77" s="45"/>
+    </row>
+    <row r="78" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="79" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="54"/>
+      <c r="B79" s="54"/>
+      <c r="C79" s="54"/>
+      <c r="D79" s="54"/>
+      <c r="E79" s="54"/>
+      <c r="F79" s="54"/>
+    </row>
     <row r="80" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="81" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:F1"/>
-    <mergeCell ref="A78:F78"/>
+    <mergeCell ref="A79:F79"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:F5"/>
   </mergeCells>
   <pageMargins left="0.54" right="0.57999999999999996" top="0.64" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>