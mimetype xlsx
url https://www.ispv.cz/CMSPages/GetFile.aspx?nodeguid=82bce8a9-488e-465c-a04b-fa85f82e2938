--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\DISK_D\RSCP-a-web-ISPV\ISPV.cz - publikace na web\2024Q4\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\DISK_D\RSCP-a-web-ISPV\ISPV.cz - publikace na web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{630F569F-831E-4C2B-B60A-90C93BAC9B7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29EAEA8D-7E7F-4AAD-9F52-B4CA5A3F29F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="18240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="18240" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hrubá měsíční mzda" sheetId="4" r:id="rId1"/>
     <sheet name="Hodinový výdělek" sheetId="5" r:id="rId2"/>
     <sheet name="Odpracovaná doba" sheetId="6" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Hodinový výdělek'!$A$1:$G$95</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Odpracovaná doba'!$A$1:$G$74</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Hodinový výdělek'!$A$1:$G$97</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Hrubá měsíční mzda'!$A$1:$G$97</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Odpracovaná doba'!$A$1:$G$76</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="68">
   <si>
     <t>na přepočtené počty</t>
   </si>
   <si>
     <t>Období</t>
   </si>
   <si>
     <t>medián
 Kč/měs</t>
   </si>
   <si>
     <t>průměr
 Kč/měs</t>
   </si>
   <si>
     <t>index meziroční mediánu %</t>
   </si>
   <si>
     <t>2002         1. čtvrtletí</t>
   </si>
   <si>
     <t>1.- 2. čtvrtletí</t>
   </si>
   <si>
     <t>1.- 3. čtvrtletí</t>
@@ -256,50 +256,56 @@
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> 2022   1.- 2. čtvrtletí</t>
   </si>
   <si>
     <t xml:space="preserve"> 2022        2. čtvrtletí</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023   1.- 2. čtvrtletí</t>
   </si>
   <si>
     <t xml:space="preserve"> 2023        2. čtvrtletí</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024   1.- 2. čtvrtletí</t>
   </si>
   <si>
     <t xml:space="preserve"> 2024        2. čtvrtletí</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025   1.- 2. čtvrtletí</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2025        2. čtvrtletí</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0__;\-\ #,##0__;* "/>
     <numFmt numFmtId="166" formatCode="#,##0.00\ &quot;Kčs&quot;;\-#,##0.00\ &quot;Kčs&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0\ &quot;Kčs&quot;;\-#,##0\ &quot;Kčs&quot;"/>
     <numFmt numFmtId="168" formatCode="mmmm\ d\,\ yyyy"/>
     <numFmt numFmtId="169" formatCode="#,##0.0__;\-\ #,##0.0__;* "/>
     <numFmt numFmtId="170" formatCode="#,##0.00__;\-\ #,##0.00__;* "/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1276,55 +1282,55 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="List8"/>
-  <dimension ref="A1:J96"/>
+  <dimension ref="A1:J98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A64" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:G1"/>
+      <selection pane="bottomLeft" activeCell="A96" sqref="A96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="1"/>
     <col min="2" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
     </row>
     <row r="2" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="55" t="s">
         <v>59</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
@@ -2668,328 +2674,360 @@
       </c>
     </row>
     <row r="80" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="9">
         <v>31566.994999999999</v>
       </c>
       <c r="C80" s="9">
         <v>37788.644099999998</v>
       </c>
       <c r="D80" s="10">
         <v>104.727329</v>
       </c>
       <c r="E80" s="9">
         <v>39900.222800000003</v>
       </c>
       <c r="F80" s="9">
         <v>42555.3848</v>
       </c>
       <c r="G80" s="15">
         <v>109.51730000000001</v>
       </c>
     </row>
-    <row r="81" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="14"/>
       <c r="B81" s="9"/>
       <c r="C81" s="9"/>
       <c r="D81" s="10"/>
       <c r="E81" s="9"/>
       <c r="F81" s="9"/>
       <c r="G81" s="15"/>
     </row>
-    <row r="82" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="14" t="s">
         <v>57</v>
       </c>
       <c r="B82" s="9">
         <v>32582.451499999999</v>
       </c>
       <c r="C82" s="9">
         <v>39341.795100000003</v>
       </c>
       <c r="D82" s="10">
         <v>107.0303</v>
       </c>
       <c r="E82" s="9">
         <v>40012.915800000002</v>
       </c>
       <c r="F82" s="9">
         <v>43302.974900000001</v>
       </c>
       <c r="G82" s="15">
         <v>107.2499</v>
       </c>
     </row>
-    <row r="83" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B83" s="9">
         <v>33601</v>
       </c>
       <c r="C83" s="9">
         <v>39895</v>
       </c>
       <c r="D83" s="10">
         <v>106.4</v>
       </c>
       <c r="E83" s="9">
         <v>41920.990400000002</v>
       </c>
       <c r="F83" s="9">
         <v>44782.347600000001</v>
       </c>
       <c r="G83" s="15">
         <v>105.06455200000001</v>
       </c>
     </row>
-    <row r="84" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="14"/>
       <c r="B84" s="9"/>
       <c r="C84" s="9"/>
       <c r="D84" s="10"/>
       <c r="E84" s="9"/>
       <c r="F84" s="9"/>
       <c r="G84" s="15"/>
     </row>
-    <row r="85" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="14" t="s">
         <v>60</v>
       </c>
       <c r="B85" s="9">
         <v>34687</v>
       </c>
       <c r="C85" s="9">
         <v>41971</v>
       </c>
       <c r="D85" s="10">
         <v>106.5</v>
       </c>
       <c r="E85" s="9">
         <v>40144</v>
       </c>
       <c r="F85" s="9">
         <v>43104</v>
       </c>
       <c r="G85" s="15">
         <v>100.3053</v>
       </c>
     </row>
-    <row r="86" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="9">
         <v>35786</v>
       </c>
       <c r="C86" s="9">
         <v>42679</v>
       </c>
       <c r="D86" s="10">
         <v>106.5</v>
       </c>
       <c r="E86" s="9">
         <v>42245</v>
       </c>
       <c r="F86" s="9">
         <v>45259</v>
       </c>
       <c r="G86" s="15">
         <v>100.8</v>
       </c>
     </row>
-    <row r="87" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="14"/>
       <c r="B87" s="9"/>
       <c r="C87" s="9"/>
       <c r="D87" s="10"/>
       <c r="E87" s="9"/>
       <c r="F87" s="9"/>
       <c r="G87" s="15"/>
     </row>
-    <row r="88" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="14" t="s">
         <v>62</v>
       </c>
       <c r="B88" s="9">
         <v>36651</v>
       </c>
       <c r="C88" s="9">
         <v>44626</v>
       </c>
       <c r="D88" s="10">
         <v>105.7</v>
       </c>
       <c r="E88" s="9">
         <v>42215</v>
       </c>
       <c r="F88" s="9">
         <v>45377</v>
       </c>
       <c r="G88" s="15">
         <v>105.2</v>
       </c>
     </row>
-    <row r="89" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B89" s="9">
         <v>37876</v>
       </c>
       <c r="C89" s="9">
         <v>45329</v>
       </c>
       <c r="D89" s="10">
         <v>106.2</v>
       </c>
       <c r="E89" s="9">
         <v>44270</v>
       </c>
       <c r="F89" s="9">
         <v>47445</v>
       </c>
       <c r="G89" s="15">
         <v>104.8</v>
       </c>
     </row>
-    <row r="90" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="14"/>
       <c r="B90" s="9"/>
       <c r="C90" s="9"/>
       <c r="D90" s="10"/>
       <c r="E90" s="9"/>
       <c r="F90" s="9"/>
       <c r="G90" s="15"/>
     </row>
-    <row r="91" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="14" t="s">
         <v>64</v>
       </c>
       <c r="B91" s="9">
-        <v>39136</v>
+        <v>39471</v>
       </c>
       <c r="C91" s="9">
-        <v>48011</v>
+        <v>48344</v>
       </c>
       <c r="D91" s="10">
-        <v>106.8</v>
+        <v>107.7</v>
       </c>
       <c r="E91" s="9">
-        <v>43111</v>
+        <v>43155</v>
       </c>
       <c r="F91" s="9">
-        <v>46895</v>
+        <v>46931</v>
       </c>
       <c r="G91" s="15">
-        <v>102.1</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102.2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="9">
         <v>40709</v>
       </c>
       <c r="C92" s="9">
         <v>48910</v>
       </c>
       <c r="D92" s="10">
         <v>107.5</v>
       </c>
       <c r="E92" s="9">
         <v>45256</v>
       </c>
       <c r="F92" s="9">
         <v>49049</v>
       </c>
       <c r="G92" s="15">
         <v>102.2</v>
       </c>
     </row>
-    <row r="93" spans="1:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A95" s="54" t="s">
+    <row r="93" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="14"/>
+      <c r="B93" s="9"/>
+      <c r="C93" s="9"/>
+      <c r="D93" s="10"/>
+      <c r="E93" s="9"/>
+      <c r="F93" s="9"/>
+      <c r="G93" s="15"/>
+    </row>
+    <row r="94" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B94" s="9">
+        <v>42101</v>
+      </c>
+      <c r="C94" s="9">
+        <v>51828</v>
+      </c>
+      <c r="D94" s="10">
+        <v>106.7</v>
+      </c>
+      <c r="E94" s="9">
+        <v>45728</v>
+      </c>
+      <c r="F94" s="9">
+        <v>49721</v>
+      </c>
+      <c r="G94" s="15">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="19"/>
+      <c r="B95" s="20"/>
+      <c r="C95" s="20"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="20"/>
+      <c r="F95" s="20"/>
+      <c r="G95" s="22"/>
+    </row>
+    <row r="96" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" spans="1:10" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="54" t="s">
         <v>17</v>
       </c>
-      <c r="B95" s="54"/>
-[...10 lines deleted...]
-      <c r="A96" s="54" t="s">
+      <c r="B97" s="54"/>
+      <c r="C97" s="54"/>
+      <c r="D97" s="54"/>
+      <c r="E97" s="54"/>
+      <c r="F97" s="54"/>
+      <c r="G97" s="54"/>
+      <c r="H97" s="23"/>
+      <c r="I97" s="23"/>
+      <c r="J97" s="23"/>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="A98" s="54" t="s">
         <v>45</v>
       </c>
-      <c r="B96" s="54"/>
-[...4 lines deleted...]
-      <c r="G96" s="54"/>
+      <c r="B98" s="54"/>
+      <c r="C98" s="54"/>
+      <c r="D98" s="54"/>
+      <c r="E98" s="54"/>
+      <c r="F98" s="54"/>
+      <c r="G98" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A96:G96"/>
+    <mergeCell ref="A98:G98"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
-    <mergeCell ref="A95:G95"/>
+    <mergeCell ref="A97:G97"/>
   </mergeCells>
   <pageMargins left="0.54" right="0.57999999999999996" top="0.64" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="List10"/>
-  <dimension ref="A1:I96"/>
+  <dimension ref="A1:I98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="5" topLeftCell="A64" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:G1"/>
+      <selection pane="bottomLeft" activeCell="A96" sqref="A96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="1"/>
     <col min="2" max="7" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
     </row>
     <row r="2" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="55" t="s">
         <v>39</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
@@ -4512,146 +4550,178 @@
       </c>
       <c r="E89" s="29">
         <v>240.8</v>
       </c>
       <c r="F89" s="29">
         <v>254.03</v>
       </c>
       <c r="G89" s="15">
         <v>100.1</v>
       </c>
     </row>
     <row r="90" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="14"/>
       <c r="B90" s="29"/>
       <c r="C90" s="29"/>
       <c r="D90" s="10"/>
       <c r="E90" s="29"/>
       <c r="F90" s="29"/>
       <c r="G90" s="15"/>
     </row>
     <row r="91" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="14" t="s">
         <v>65</v>
       </c>
       <c r="B91" s="29">
-        <v>228.98</v>
+        <v>227.86</v>
       </c>
       <c r="C91" s="29">
-        <v>272.91000000000003</v>
+        <v>274.19</v>
       </c>
       <c r="D91" s="10">
-        <v>107</v>
+        <v>106.4</v>
       </c>
       <c r="E91" s="29">
-        <v>246.7</v>
+        <v>246.47</v>
       </c>
       <c r="F91" s="29">
-        <v>266.88</v>
+        <v>266.72000000000003</v>
       </c>
       <c r="G91" s="15">
-        <v>102.1</v>
+        <v>102</v>
       </c>
     </row>
     <row r="92" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B92" s="29">
         <v>235.18</v>
       </c>
       <c r="C92" s="29">
         <v>293.10000000000002</v>
       </c>
       <c r="D92" s="10">
         <v>106.1</v>
       </c>
       <c r="E92" s="29">
         <v>266.67</v>
       </c>
       <c r="F92" s="29">
         <v>291.12</v>
       </c>
       <c r="G92" s="15">
         <v>110.7</v>
       </c>
     </row>
-    <row r="93" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A95" s="54" t="s">
+    <row r="93" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="14"/>
+      <c r="B93" s="29"/>
+      <c r="C93" s="29"/>
+      <c r="D93" s="10"/>
+      <c r="E93" s="29"/>
+      <c r="F93" s="29"/>
+      <c r="G93" s="15"/>
+    </row>
+    <row r="94" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B94" s="29">
+        <v>243.72</v>
+      </c>
+      <c r="C94" s="29">
+        <v>294.54000000000002</v>
+      </c>
+      <c r="D94" s="10">
+        <v>107</v>
+      </c>
+      <c r="E94" s="29">
+        <v>263.07</v>
+      </c>
+      <c r="F94" s="29">
+        <v>283.88</v>
+      </c>
+      <c r="G94" s="15">
+        <v>106.7</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="30"/>
+      <c r="B95" s="31"/>
+      <c r="C95" s="31"/>
+      <c r="D95" s="21"/>
+      <c r="E95" s="31"/>
+      <c r="F95" s="31"/>
+      <c r="G95" s="22"/>
+    </row>
+    <row r="96" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="97" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="54" t="s">
         <v>23</v>
       </c>
-      <c r="B95" s="54"/>
-[...7 lines deleted...]
-      <c r="A96" s="54" t="s">
+      <c r="B97" s="54"/>
+      <c r="C97" s="54"/>
+      <c r="D97" s="54"/>
+      <c r="E97" s="54"/>
+      <c r="F97" s="54"/>
+      <c r="G97" s="54"/>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A98" s="54" t="s">
         <v>45</v>
       </c>
-      <c r="B96" s="54"/>
-[...4 lines deleted...]
-      <c r="G96" s="54"/>
+      <c r="B98" s="54"/>
+      <c r="C98" s="54"/>
+      <c r="D98" s="54"/>
+      <c r="E98" s="54"/>
+      <c r="F98" s="54"/>
+      <c r="G98" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A96:G96"/>
+    <mergeCell ref="A98:G98"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
-    <mergeCell ref="A95:G95"/>
+    <mergeCell ref="A97:G97"/>
   </mergeCells>
   <pageMargins left="0.54" right="0.57999999999999996" top="0.64" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="List12"/>
-  <dimension ref="A1:H78"/>
+  <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="6" topLeftCell="A42" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:F1"/>
+      <selection pane="bottomLeft" activeCell="A77" sqref="A77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5" customWidth="1"/>
     <col min="2" max="6" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B1" s="53"/>
       <c r="C1" s="53"/>
       <c r="D1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="52"/>
     </row>
     <row r="2" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B2" s="55"/>
       <c r="C2" s="55"/>
@@ -5786,110 +5856,140 @@
       <c r="D70" s="40">
         <v>29.1</v>
       </c>
       <c r="E70" s="40">
         <v>14.6</v>
       </c>
       <c r="F70" s="39">
         <v>7.1</v>
       </c>
       <c r="H70" s="51"/>
     </row>
     <row r="71" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="8"/>
       <c r="B71" s="36"/>
       <c r="C71" s="37"/>
       <c r="D71" s="40"/>
       <c r="E71" s="40"/>
       <c r="F71" s="39"/>
       <c r="H71" s="51"/>
     </row>
     <row r="72" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="14" t="s">
         <v>64</v>
       </c>
       <c r="B72" s="36">
-        <v>148.5</v>
+        <v>149</v>
       </c>
       <c r="C72" s="37">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D72" s="40">
         <v>23.7</v>
       </c>
       <c r="E72" s="40">
         <v>10.1</v>
       </c>
       <c r="F72" s="39">
-        <v>6.2</v>
+        <v>6.1</v>
       </c>
       <c r="H72" s="51"/>
     </row>
     <row r="73" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B73" s="36">
         <v>144.4</v>
       </c>
       <c r="C73" s="37">
         <v>2.8</v>
       </c>
       <c r="D73" s="40">
         <v>29.2</v>
       </c>
       <c r="E73" s="40">
         <v>14.7</v>
       </c>
       <c r="F73" s="39">
         <v>7</v>
       </c>
       <c r="H73" s="51"/>
     </row>
-    <row r="74" spans="1:8" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="F76" s="54"/>
+    <row r="74" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="8"/>
+      <c r="B74" s="36"/>
+      <c r="C74" s="37"/>
+      <c r="D74" s="40"/>
+      <c r="E74" s="40"/>
+      <c r="F74" s="39"/>
+      <c r="H74" s="51"/>
+    </row>
+    <row r="75" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B75" s="36">
+        <v>147.9</v>
+      </c>
+      <c r="C75" s="37">
+        <v>2.8</v>
+      </c>
+      <c r="D75" s="40">
+        <v>23.9</v>
+      </c>
+      <c r="E75" s="40">
+        <v>10.5</v>
+      </c>
+      <c r="F75" s="39">
+        <v>6.2</v>
+      </c>
+      <c r="H75" s="51"/>
+    </row>
+    <row r="76" spans="1:8" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="42"/>
+      <c r="B76" s="43"/>
+      <c r="C76" s="44"/>
+      <c r="D76" s="44"/>
+      <c r="E76" s="44"/>
+      <c r="F76" s="45"/>
     </row>
     <row r="77" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="78" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="78" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="54"/>
+      <c r="B78" s="54"/>
+      <c r="C78" s="54"/>
+      <c r="D78" s="54"/>
+      <c r="E78" s="54"/>
+      <c r="F78" s="54"/>
+    </row>
+    <row r="79" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="80" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:F1"/>
-    <mergeCell ref="A76:F76"/>
+    <mergeCell ref="A78:F78"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A4:A6"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:D6"/>
     <mergeCell ref="E5:F5"/>
   </mergeCells>
   <pageMargins left="0.54" right="0.57999999999999996" top="0.64" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>